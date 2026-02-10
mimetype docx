--- v0 (2025-12-22)
+++ v1 (2026-02-10)
@@ -408,396 +408,476 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B826F9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ROLE SUMMARY </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00910806" w:rsidRPr="00B826F9" w14:paraId="796335C4" w14:textId="77777777" w:rsidTr="00910806">
         <w:trPr>
           <w:trHeight w:val="940"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10320" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1E43DB8F" w14:textId="622542F9" w:rsidR="00910806" w:rsidRDefault="00CD69DC" w:rsidP="009B4E04">
+          <w:p w14:paraId="1E43DB8F" w14:textId="3625D7E6" w:rsidR="00910806" w:rsidRDefault="00CD69DC" w:rsidP="009B4E04">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6DA9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
-            <w:r w:rsidR="009B4E04">
+            <w:r w:rsidR="00BA3CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>L&amp;D</w:t>
+              <w:t>Training</w:t>
             </w:r>
             <w:r w:rsidRPr="004E6DA9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manager </w:t>
             </w:r>
             <w:r w:rsidR="004C6204">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>acts as first point of contact at site for training and development matters</w:t>
             </w:r>
             <w:r w:rsidR="00A26A08">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> and      </w:t>
             </w:r>
             <w:r w:rsidR="00A51A4F">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">co-ordinates and delivers learning </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00A51A4F">
+            <w:r w:rsidR="00115904">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>programmes</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>programs</w:t>
+            </w:r>
             <w:r w:rsidR="00C75C3D">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, training compliance, and </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003D2F07">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00115904">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>external providers</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005D3B6C">
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r w:rsidR="00C75C3D">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ensuring accurate data to support metrics, insight and audit requirements. </w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="BodyText"/>
+              <w:t xml:space="preserve"> training compliance</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3B6C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="1B297B71" w14:textId="77777777" w:rsidR="00F34BF6" w:rsidRDefault="00025D96" w:rsidP="009B4E04">
+              <w:t xml:space="preserve">, ensuring accurate data to support metrics, insight and audit requirements. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49142F1F" w14:textId="77777777" w:rsidR="00025D96" w:rsidRDefault="00025D96" w:rsidP="009B4E04">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="1B297B71" w14:textId="7051CDEB" w:rsidR="00F34BF6" w:rsidRDefault="00025D96" w:rsidP="009B4E04">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">The </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A10F6E">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>role</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidR="00A10F6E">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> guides and supports managers on colleague development, promotes use of L&amp;D resources and </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>role</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>programmes</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00091A00">
+              <w:t xml:space="preserve"> guides and supports managers on colleague development, promotes use of</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3CE8">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>,</w:t>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and drives compliance with required training</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A26A08">
+              <w:t xml:space="preserve"> resources and </w:t>
+            </w:r>
+            <w:r w:rsidR="00115904">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in line with the Group Standards and L&amp;D strategy</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>programs</w:t>
+            </w:r>
+            <w:r w:rsidR="00091A00">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">.  </w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="BodyText"/>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> and drives compliance with required training</w:t>
+            </w:r>
+            <w:r w:rsidR="00A26A08">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>The</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F34BF6">
+              <w:t xml:space="preserve"> in line with the Group Standards and</w:t>
+            </w:r>
+            <w:r w:rsidR="00115904">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> L&amp;D Manager</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> site</w:t>
+            </w:r>
+            <w:r w:rsidR="00A26A08">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> supports a positive culture by enabling colleagues and teams to reach their potential in line with </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> strategy</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>the Samworth Brothers</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="175C4B29" w14:textId="77777777" w:rsidR="00F34BF6" w:rsidRDefault="00F34BF6" w:rsidP="009B4E04">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Purpose and Values. </w:t>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="455217AE" w14:textId="6E77E139" w:rsidR="00025D96" w:rsidRPr="00B826F9" w:rsidRDefault="0034663A" w:rsidP="009B4E04">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidR="00F34BF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00115904">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Training</w:t>
+            </w:r>
+            <w:r w:rsidR="00F34BF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manager</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> supports a positive </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>culture</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by enabling colleagues and teams to reach their potential in line with the Samworth Brothers Purpose and Values. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00910806" w:rsidRPr="00B826F9" w14:paraId="588FCAE8" w14:textId="77777777" w:rsidTr="00910806">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10320" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E08C00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E128BF3" w14:textId="77777777" w:rsidR="00910806" w:rsidRPr="00B826F9" w:rsidRDefault="00910806" w:rsidP="00B70E32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B826F9">
@@ -1188,121 +1268,115 @@
               </w:numPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000425A2">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Champion responsible behaviour, address safety concerns, and contribute to sustainability goals</w:t>
             </w:r>
             <w:r w:rsidR="00A03DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61A0EC8C" w14:textId="368BB638" w:rsidR="00FD0126" w:rsidRPr="00FE37D9" w:rsidRDefault="00FD0126" w:rsidP="00FD0126">
+          <w:p w14:paraId="61A0EC8C" w14:textId="2B248576" w:rsidR="00FD0126" w:rsidRPr="00FE37D9" w:rsidRDefault="00FD0126" w:rsidP="00FD0126">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE37D9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Learning &amp; Development; Training</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="60138A1F" w14:textId="2B1E3754" w:rsidR="00FE37D9" w:rsidRDefault="00FE37D9" w:rsidP="00FF6E50">
+              <w:t>Training</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60138A1F" w14:textId="4C9BAA42" w:rsidR="00FE37D9" w:rsidRDefault="00FE37D9" w:rsidP="00FF6E50">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE37D9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Collaborate with </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">the wider </w:t>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00115904">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Operations team</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE37D9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">L&amp;D and People teams to deliver a values-led colleague experience and support colleague </w:t>
+              <w:t xml:space="preserve"> and People teams to deliver a values-led colleague experience and support colleague </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t>development</w:t>
-            </w:r>
-[...10 lines deleted...]
-              <w:t>the Group L&amp;D Strategy</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE37D9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68A6B2EE" w14:textId="2CFE043F" w:rsidR="00FE37D9" w:rsidRPr="00FE37D9" w:rsidRDefault="00FE37D9" w:rsidP="00FF6E50">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE37D9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
@@ -1747,69 +1821,81 @@
               </w:rPr>
               <w:t>Contribute to internal communication activities to strengthen colleague connection and engagement.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2053187A" w14:textId="3E92718B" w:rsidR="00FE37D9" w:rsidRPr="00FE37D9" w:rsidRDefault="00FE37D9" w:rsidP="00FF6E50">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE37D9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t>Promote wellbeing, inclusion, and respectful behaviours, acting as a role model.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66407C98" w14:textId="756D4EA0" w:rsidR="00FE37D9" w:rsidRPr="00FE37D9" w:rsidRDefault="00FE37D9" w:rsidP="00FF6E50">
+          <w:p w14:paraId="66407C98" w14:textId="256730DA" w:rsidR="00FE37D9" w:rsidRPr="00FE37D9" w:rsidRDefault="00FE37D9" w:rsidP="00FF6E50">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE37D9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Contribute to wider L&amp;D and People projects as required.</w:t>
+              <w:t xml:space="preserve">Contribute to wider </w:t>
+            </w:r>
+            <w:r w:rsidR="00115904">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>site</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE37D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and People projects as required.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52F8AEDB" w14:textId="22D13670" w:rsidR="00FE37D9" w:rsidRPr="00FE37D9" w:rsidRDefault="00FE37D9" w:rsidP="00FF6E50">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE37D9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Maintains up-to-date </w:t>
             </w:r>
             <w:r w:rsidR="00E61B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
@@ -2100,95 +2186,95 @@
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="719A3965" w14:textId="3B57E719" w:rsidR="000425A2" w:rsidRPr="000425A2" w:rsidRDefault="000425A2" w:rsidP="0061589E">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000425A2">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Communication</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4498D1F9" w14:textId="77777777" w:rsidR="000425A2" w:rsidRPr="000425A2" w:rsidRDefault="000425A2" w:rsidP="005C5F6E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000425A2">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Communicate with clarity and professionalism, tailoring your approach to suit different audiences.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35BC2815" w14:textId="77777777" w:rsidR="000425A2" w:rsidRPr="000425A2" w:rsidRDefault="000425A2" w:rsidP="005C5F6E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000425A2">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Organise briefings and meetings to keep the team informed and engaged.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E5A7351" w14:textId="77777777" w:rsidR="000425A2" w:rsidRPr="000425A2" w:rsidRDefault="000425A2" w:rsidP="005C5F6E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000425A2">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ensure smooth shift handovers and effective communication across departments.</w:t>
             </w:r>
           </w:p>
@@ -3008,90 +3094,90 @@
             <w:r w:rsidR="00D32586" w:rsidRPr="00D32586">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> key drivers of engagement and actions that enhance capability and commitment.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27DF22B9" w14:textId="72D978A5" w:rsidR="008D4465" w:rsidRPr="00D32586" w:rsidRDefault="00FB7894" w:rsidP="008D4465">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="008D4465" w:rsidRPr="00D32586">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">onversant with the Performance Enhancement </w:t>
             </w:r>
             <w:r w:rsidR="008D4465">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">(appraisal and objective setting) </w:t>
             </w:r>
             <w:r w:rsidR="008D4465" w:rsidRPr="00D32586">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t>approach and its link to business performance.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AF77689" w14:textId="0E68472A" w:rsidR="00D32586" w:rsidRPr="00D32586" w:rsidRDefault="00D32586" w:rsidP="00D32586">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32586">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Understands organisation design principles and how roles and pathways support development.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BD291AB" w14:textId="6EAE7CA0" w:rsidR="00D32586" w:rsidRDefault="00D32586" w:rsidP="00D32586">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32586">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
               </w:rPr>
               <w:t>Understand</w:t>
             </w:r>
             <w:r w:rsidR="00FB7894">
               <w:rPr>
@@ -3902,51 +3988,50 @@
       </w:tr>
       <w:tr w:rsidR="00910806" w:rsidRPr="00B826F9" w14:paraId="3F782F75" w14:textId="77777777" w:rsidTr="00910806">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0666C56F" w14:textId="77777777" w:rsidR="00910806" w:rsidRPr="00B826F9" w:rsidRDefault="00910806" w:rsidP="00B70E32">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B826F9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Competency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FB0E501" w14:textId="77777777" w:rsidR="00910806" w:rsidRPr="00B826F9" w:rsidRDefault="00910806" w:rsidP="00B70E32">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B826F9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3968,50 +4053,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00910806" w:rsidRPr="00CA2497" w14:paraId="105FE70A" w14:textId="77777777" w:rsidTr="00910806">
         <w:trPr>
           <w:trHeight w:val="671"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00C160BE" w14:textId="77777777" w:rsidR="00910806" w:rsidRPr="00B826F9" w:rsidRDefault="00910806" w:rsidP="00B70E32">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B826F9">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Values People</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15A90635" w14:textId="77777777" w:rsidR="00910806" w:rsidRPr="00CA2497" w:rsidRDefault="00910806" w:rsidP="00B70E32">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -4646,58 +4732,58 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="45E95563" w14:textId="77777777" w:rsidR="00952B92" w:rsidRPr="008B3B59" w:rsidRDefault="00952B92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00952B92" w:rsidRPr="008B3B59" w:rsidSect="00326070">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="851" w:bottom="709" w:left="851" w:header="360" w:footer="360" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A638BB9" w14:textId="77777777" w:rsidR="00E17D2C" w:rsidRDefault="00E17D2C">
+    <w:p w14:paraId="5D650C5F" w14:textId="77777777" w:rsidR="00204C22" w:rsidRDefault="00204C22">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29BB6427" w14:textId="77777777" w:rsidR="00E17D2C" w:rsidRDefault="00E17D2C">
+    <w:p w14:paraId="5C256FD5" w14:textId="77777777" w:rsidR="00204C22" w:rsidRDefault="00204C22">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4797,58 +4883,58 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="50AF199E" w14:textId="77777777" w:rsidR="00952B92" w:rsidRDefault="00952B92">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="301"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C3878BE" w14:textId="77777777" w:rsidR="00E17D2C" w:rsidRDefault="00E17D2C">
+    <w:p w14:paraId="00C8C558" w14:textId="77777777" w:rsidR="00204C22" w:rsidRDefault="00204C22">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B81BB03" w14:textId="77777777" w:rsidR="00E17D2C" w:rsidRDefault="00E17D2C">
+    <w:p w14:paraId="1E1721E8" w14:textId="77777777" w:rsidR="00204C22" w:rsidRDefault="00204C22">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03DA6823"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A6FC8BF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -9120,88 +9206,92 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00952B92"/>
     <w:rsid w:val="00001092"/>
     <w:rsid w:val="000073FD"/>
     <w:rsid w:val="00023060"/>
     <w:rsid w:val="00025D96"/>
     <w:rsid w:val="000425A2"/>
     <w:rsid w:val="000451DF"/>
     <w:rsid w:val="00063AA5"/>
     <w:rsid w:val="00065565"/>
     <w:rsid w:val="00091A00"/>
     <w:rsid w:val="000A1B43"/>
     <w:rsid w:val="000A2B67"/>
     <w:rsid w:val="000A5631"/>
     <w:rsid w:val="000A782A"/>
     <w:rsid w:val="000B6FAC"/>
     <w:rsid w:val="000D45F1"/>
     <w:rsid w:val="000E38D2"/>
     <w:rsid w:val="000F7888"/>
     <w:rsid w:val="00106EA5"/>
+    <w:rsid w:val="00115904"/>
     <w:rsid w:val="0012035D"/>
     <w:rsid w:val="00127960"/>
     <w:rsid w:val="0015297A"/>
     <w:rsid w:val="001616A1"/>
     <w:rsid w:val="001640B1"/>
     <w:rsid w:val="00171F30"/>
     <w:rsid w:val="00173FDD"/>
     <w:rsid w:val="00186B1B"/>
+    <w:rsid w:val="0019694C"/>
     <w:rsid w:val="001A60AB"/>
     <w:rsid w:val="001A720F"/>
     <w:rsid w:val="001A7DE8"/>
     <w:rsid w:val="001B2CA3"/>
     <w:rsid w:val="001B46F0"/>
     <w:rsid w:val="001C1BFA"/>
     <w:rsid w:val="001D67B4"/>
     <w:rsid w:val="001E2885"/>
     <w:rsid w:val="002015D2"/>
+    <w:rsid w:val="00204C22"/>
     <w:rsid w:val="00206622"/>
     <w:rsid w:val="00221556"/>
     <w:rsid w:val="00221BAA"/>
     <w:rsid w:val="00225AD5"/>
     <w:rsid w:val="0022706D"/>
     <w:rsid w:val="00247CD4"/>
     <w:rsid w:val="00254F0D"/>
     <w:rsid w:val="00270903"/>
     <w:rsid w:val="002715E1"/>
     <w:rsid w:val="002717E0"/>
     <w:rsid w:val="002860D0"/>
     <w:rsid w:val="00296F2A"/>
     <w:rsid w:val="002A3BA2"/>
     <w:rsid w:val="002D5532"/>
     <w:rsid w:val="002D6C7B"/>
     <w:rsid w:val="002E0AB8"/>
     <w:rsid w:val="002E3245"/>
     <w:rsid w:val="002F7616"/>
     <w:rsid w:val="00312B55"/>
     <w:rsid w:val="003161C7"/>
     <w:rsid w:val="003168DA"/>
+    <w:rsid w:val="00320774"/>
     <w:rsid w:val="0032144B"/>
     <w:rsid w:val="003221B0"/>
     <w:rsid w:val="00326070"/>
     <w:rsid w:val="003318AB"/>
     <w:rsid w:val="00333E41"/>
     <w:rsid w:val="00344752"/>
     <w:rsid w:val="0034663A"/>
     <w:rsid w:val="00361353"/>
     <w:rsid w:val="003759E0"/>
     <w:rsid w:val="003766E7"/>
     <w:rsid w:val="00380F2F"/>
     <w:rsid w:val="00387051"/>
     <w:rsid w:val="003A2CB9"/>
     <w:rsid w:val="003C1094"/>
     <w:rsid w:val="003C220F"/>
     <w:rsid w:val="003D2F07"/>
     <w:rsid w:val="003D5227"/>
     <w:rsid w:val="003D7AE1"/>
     <w:rsid w:val="003D7C51"/>
     <w:rsid w:val="003F17A5"/>
     <w:rsid w:val="003F2662"/>
     <w:rsid w:val="0040217C"/>
     <w:rsid w:val="004131CE"/>
     <w:rsid w:val="0042264C"/>
     <w:rsid w:val="00440D0B"/>
@@ -9341,50 +9431,51 @@
     <w:rsid w:val="00A856C9"/>
     <w:rsid w:val="00A975F0"/>
     <w:rsid w:val="00AA05B5"/>
     <w:rsid w:val="00AA15CF"/>
     <w:rsid w:val="00AB1C22"/>
     <w:rsid w:val="00AB3397"/>
     <w:rsid w:val="00AB6054"/>
     <w:rsid w:val="00AC35A1"/>
     <w:rsid w:val="00AC4AE3"/>
     <w:rsid w:val="00AD004E"/>
     <w:rsid w:val="00AD46D5"/>
     <w:rsid w:val="00AF5182"/>
     <w:rsid w:val="00B13881"/>
     <w:rsid w:val="00B21AB9"/>
     <w:rsid w:val="00B2705D"/>
     <w:rsid w:val="00B5059B"/>
     <w:rsid w:val="00B54FA1"/>
     <w:rsid w:val="00B55535"/>
     <w:rsid w:val="00B57F2A"/>
     <w:rsid w:val="00B668AC"/>
     <w:rsid w:val="00B731E0"/>
     <w:rsid w:val="00B74532"/>
     <w:rsid w:val="00B76C97"/>
     <w:rsid w:val="00B86BD9"/>
     <w:rsid w:val="00B95D7C"/>
+    <w:rsid w:val="00BA3CE8"/>
     <w:rsid w:val="00BA49D5"/>
     <w:rsid w:val="00BA5B5D"/>
     <w:rsid w:val="00BB1310"/>
     <w:rsid w:val="00BB1B68"/>
     <w:rsid w:val="00BB2D84"/>
     <w:rsid w:val="00BB3E43"/>
     <w:rsid w:val="00BB5614"/>
     <w:rsid w:val="00BC6AFB"/>
     <w:rsid w:val="00BD0591"/>
     <w:rsid w:val="00BE5680"/>
     <w:rsid w:val="00BF0A08"/>
     <w:rsid w:val="00C01DF9"/>
     <w:rsid w:val="00C16355"/>
     <w:rsid w:val="00C21930"/>
     <w:rsid w:val="00C2569B"/>
     <w:rsid w:val="00C41D91"/>
     <w:rsid w:val="00C51536"/>
     <w:rsid w:val="00C55D89"/>
     <w:rsid w:val="00C60A3C"/>
     <w:rsid w:val="00C75C3D"/>
     <w:rsid w:val="00C76A27"/>
     <w:rsid w:val="00C913AB"/>
     <w:rsid w:val="00CB1319"/>
     <w:rsid w:val="00CC1465"/>
     <w:rsid w:val="00CD69DC"/>
@@ -10810,50 +10901,70 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="94fc2af2-f05f-4958-bc5b-9e10f24f6c85">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <Category xmlns="6021ab55-45a2-4dfa-8b1d-4455144d52a8" xsi:nil="true"/>
+    <SubCategory xmlns="6021ab55-45a2-4dfa-8b1d-4455144d52a8" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6021ab55-45a2-4dfa-8b1d-4455144d52a8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="94fc2af2-f05f-4958-bc5b-9e10f24f6c85" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E5AEE79EB0D214ABD8AEE923FEAB655" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f3156d58e7d8fade7b90912384fb81a4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6021ab55-45a2-4dfa-8b1d-4455144d52a8" xmlns:ns3="94fc2af2-f05f-4958-bc5b-9e10f24f6c85" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9f416b93b57d5bf22b7e25a0ecc5658c" ns2:_="" ns3:_="">
     <xsd:import namespace="6021ab55-45a2-4dfa-8b1d-4455144d52a8"/>
     <xsd:import namespace="94fc2af2-f05f-4958-bc5b-9e10f24f6c85"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Category" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:SubCategory" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -11064,147 +11175,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B94F17C1-5509-4210-9224-D5CE44AF0ADA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="94fc2af2-f05f-4958-bc5b-9e10f24f6c85"/>
+    <ds:schemaRef ds:uri="6021ab55-45a2-4dfa-8b1d-4455144d52a8"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{564E49CC-4C50-4372-BD0D-D54248DD5255}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6021ab55-45a2-4dfa-8b1d-4455144d52a8"/>
     <ds:schemaRef ds:uri="94fc2af2-f05f-4958-bc5b-9e10f24f6c85"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6056EB2C-ED67-45FE-BF06-5E23EE933A25}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1411</Words>
-  <Characters>8283</Characters>
+  <Words>1296</Words>
+  <Characters>8337</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>170</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>198</Lines>
+  <Paragraphs>155</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Samworth Brothers</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9524</CharactersWithSpaces>
+  <CharactersWithSpaces>9478</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joanne Werth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004E5AEE79EB0D214ABD8AEE923FEAB655</vt:lpwstr>