--- v0 (2026-01-11)
+++ v1 (2026-03-13)
@@ -256,152 +256,127 @@
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFDEE"/>
           </w:tcPr>
           <w:p w14:paraId="5ADA1C19" w14:textId="77777777" w:rsidR="00952B92" w:rsidRPr="008B3B59" w:rsidRDefault="003221B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B3B59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Job title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4240" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C74DD0B" w14:textId="26FCB854" w:rsidR="00952B92" w:rsidRPr="00534082" w:rsidRDefault="00686C65" w:rsidP="59B33E60">
+          <w:p w14:paraId="7C74DD0B" w14:textId="5C7E00DD" w:rsidR="00952B92" w:rsidRPr="00534082" w:rsidRDefault="00B21308" w:rsidP="59B33E60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00534082">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">Senior </w:t>
+            </w:r>
+            <w:r w:rsidR="00686C65" w:rsidRPr="00534082">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve">Packaging </w:t>
             </w:r>
-            <w:r w:rsidR="00202C85">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Manager</w:t>
+              <w:t>Technologist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFDEE"/>
           </w:tcPr>
           <w:p w14:paraId="2A50F9C4" w14:textId="77777777" w:rsidR="00952B92" w:rsidRPr="00534082" w:rsidRDefault="003221B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00534082">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8A96F6" w14:textId="183C64FF" w:rsidR="00952B92" w:rsidRPr="00534082" w:rsidRDefault="00202C85" w:rsidP="59B33E60">
+          <w:p w14:paraId="7F8A96F6" w14:textId="5E577706" w:rsidR="00952B92" w:rsidRPr="00534082" w:rsidRDefault="00AC45E5" w:rsidP="59B33E60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...32 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00952B92" w:rsidRPr="008B3B59" w14:paraId="1AFA810F" w14:textId="77777777" w:rsidTr="59B33E60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFDEE"/>
           </w:tcPr>
           <w:p w14:paraId="4E0BC2B5" w14:textId="77777777" w:rsidR="00952B92" w:rsidRPr="008B3B59" w:rsidRDefault="003221B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B3B59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Department</w:t>
@@ -543,55 +518,55 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">You will work in partnership with our operational teams to ensure packaging is optimised for efficiency and that service is maintained </w:t>
             </w:r>
             <w:r w:rsidR="00750116">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">as a priority at all times. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="099BD59F" w14:textId="75ED27B7" w:rsidR="00B668AC" w:rsidRPr="00507BCB" w:rsidRDefault="00686C65" w:rsidP="00686C65">
+          <w:p w14:paraId="099BD59F" w14:textId="2C18BC00" w:rsidR="00B36631" w:rsidRPr="00A274DD" w:rsidRDefault="00686C65" w:rsidP="00686C65">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00507BCB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>You will also work closely with Samworth Brothers Group Procurement and Responsible Business teams to leverage a Group approach where appropriate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00952B92" w:rsidRPr="008B3B59" w14:paraId="3E74F4CB" w14:textId="77777777" w:rsidTr="59B33E60">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="988445"/>
             <w:vAlign w:val="center"/>
@@ -631,70 +606,70 @@
           <w:p w14:paraId="27DFE983" w14:textId="77777777" w:rsidR="00952B92" w:rsidRPr="000704EC" w:rsidRDefault="003221B0" w:rsidP="00090403">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000704EC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reports to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7642" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="540E114B" w14:textId="2B9FE454" w:rsidR="00952B92" w:rsidRPr="00090403" w:rsidRDefault="004F6F65" w:rsidP="00090403">
+          <w:p w14:paraId="540E114B" w14:textId="35BA1657" w:rsidR="00952B92" w:rsidRPr="00090403" w:rsidRDefault="006C26F0" w:rsidP="00090403">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Marketing Manager</w:t>
+              <w:t>Senior Shopper Marketing Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00952B92" w:rsidRPr="008B3B59" w14:paraId="3402C6B7" w14:textId="77777777" w:rsidTr="59B33E60">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFDEE"/>
           </w:tcPr>
           <w:p w14:paraId="6653F7BD" w14:textId="77777777" w:rsidR="00952B92" w:rsidRPr="000704EC" w:rsidRDefault="003221B0" w:rsidP="00090403">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000704EC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -794,89 +769,69 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090403">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Suppliers, Retailers, Customers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00952B92" w:rsidRPr="008B3B59" w14:paraId="7242F7E2" w14:textId="77777777" w:rsidTr="59B33E60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="988445"/>
           </w:tcPr>
-          <w:p w14:paraId="22B0C359" w14:textId="2E32D7C5" w:rsidR="00952B92" w:rsidRPr="008B3B59" w:rsidRDefault="003221B0" w:rsidP="00B51ECE">
+          <w:p w14:paraId="22B0C359" w14:textId="77777777" w:rsidR="00952B92" w:rsidRPr="008B3B59" w:rsidRDefault="003221B0" w:rsidP="00B51ECE">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B3B59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">KEY </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> RESPONSIBILITIES </w:t>
+              <w:t xml:space="preserve">KEY ACCOUNTABILITIES  AND RESPONSIBILITIES </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00952B92" w:rsidRPr="008B3B59" w14:paraId="03DEDE3B" w14:textId="77777777" w:rsidTr="59B33E60">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="32767CAA" w14:textId="77777777" w:rsidR="00507BCB" w:rsidRPr="00507BCB" w:rsidRDefault="00507BCB" w:rsidP="00976301">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
@@ -948,1186 +903,1128 @@
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Supporting the operational team to resolve </w:t>
             </w:r>
             <w:r w:rsidR="00DC2C85" w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">film or corrugate </w:t>
             </w:r>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">issues as required, ensuring the lines are kept running and high service levels are </w:t>
             </w:r>
             <w:r w:rsidR="00090403" w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>maintained.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42624A11" w14:textId="2B6B3956" w:rsidR="00507BCB" w:rsidRPr="003D3197" w:rsidRDefault="00507BCB" w:rsidP="00507BCB">
+          <w:p w14:paraId="64C3563D" w14:textId="0F62B05C" w:rsidR="000F66A2" w:rsidRPr="003D3197" w:rsidRDefault="000F66A2" w:rsidP="000F66A2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development and execution of packaging innovation </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">and renovation </w:t>
+              <w:t>Ensuring packaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> quality and production</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>project</w:t>
-[...5 lines deleted...]
-              <w:t>s,</w:t>
+              <w:t xml:space="preserve"> is consistent</w:t>
+            </w:r>
+            <w:r w:rsidR="00381186">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>, fit for purpose</w:t>
+            </w:r>
+            <w:r w:rsidR="00607E11">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> whilst</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="4FC052CE" w14:textId="2207E880" w:rsidR="00507BCB" w:rsidRPr="003D3197" w:rsidRDefault="00507BCB" w:rsidP="00507BCB">
+              <w:t xml:space="preserve"> protecting brand identity, and updated in line with labelling legislation. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34D042F8" w14:textId="77777777" w:rsidR="000F66A2" w:rsidRPr="003D3197" w:rsidRDefault="000F66A2" w:rsidP="000F66A2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Development and execution of packaging formats and design</w:t>
-[...44 lines deleted...]
-          <w:p w14:paraId="566209E9" w14:textId="3A76492F" w:rsidR="00750116" w:rsidRPr="003D3197" w:rsidRDefault="00750116" w:rsidP="00750116">
+              <w:t xml:space="preserve">Support in the purchasing and quality monitoring of ongoing packaging materials. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21823AF4" w14:textId="1CE82D4F" w:rsidR="00C02BC4" w:rsidRPr="003D3197" w:rsidRDefault="008727AE" w:rsidP="00507BCB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D3197">
-[...18 lines deleted...]
-          <w:p w14:paraId="20358081" w14:textId="76B8E29B" w:rsidR="00507BCB" w:rsidRPr="003D3197" w:rsidRDefault="00F749BB" w:rsidP="00507BCB">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="007074D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">orking closely with Operations and the NPD team </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to conduct packaging trials and reporting them back to the </w:t>
+            </w:r>
+            <w:r w:rsidR="004F09E2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>project team</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FC052CE" w14:textId="364C09C9" w:rsidR="00507BCB" w:rsidRDefault="00507BCB" w:rsidP="00507BCB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Support in the </w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="4B20DC36" w14:textId="0B0515C4" w:rsidR="00C02E0C" w:rsidRPr="003D3197" w:rsidRDefault="00C02E0C" w:rsidP="00507BCB">
+              <w:t>Development and execution of packaging formats and design</w:t>
+            </w:r>
+            <w:r w:rsidR="00233632" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="006821AE" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>, working closely with Brand Manager</w:t>
+            </w:r>
+            <w:r w:rsidR="004321E7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0969">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Innovation Lead</w:t>
+            </w:r>
+            <w:r w:rsidR="006821AE" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36530052" w14:textId="305EAE2A" w:rsidR="001564E9" w:rsidRPr="001564E9" w:rsidRDefault="001564E9" w:rsidP="001564E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
+              <w:t xml:space="preserve">Development and execution of packaging innovation and renovation projects, ensuring packaging is optimised from an operational &amp; shopper perspective.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B20DC36" w14:textId="0B0515C4" w:rsidR="00C02E0C" w:rsidRPr="003D3197" w:rsidRDefault="00C02E0C" w:rsidP="00507BCB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
               <w:t>Manage the packaging budget.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B1E753D" w14:textId="77777777" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
+          <w:p w14:paraId="6FB6124C" w14:textId="77777777" w:rsidR="001564E9" w:rsidRPr="003D3197" w:rsidRDefault="001564E9" w:rsidP="001564E9">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Packaging consistency &amp; quality </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A847B07" w14:textId="75064925" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
+          <w:p w14:paraId="36E8D443" w14:textId="77777777" w:rsidR="001564E9" w:rsidRPr="003D3197" w:rsidRDefault="001564E9" w:rsidP="001564E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Responsible for ensuring </w:t>
-[...62 lines deleted...]
-          <w:p w14:paraId="07709B88" w14:textId="399BE6D1" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
+              <w:t>Responsible for ensuring all packaging formats are consistent across the brand including pack copy and colour standards. Attending press passes where required</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D23E27D" w14:textId="77777777" w:rsidR="001564E9" w:rsidRPr="003D3197" w:rsidRDefault="001564E9" w:rsidP="001564E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Monitoring supplier performance against SLAs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="060B57AC" w14:textId="6B6B2803" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00AA418E" w:rsidP="00976301">
+          <w:p w14:paraId="04B48837" w14:textId="77777777" w:rsidR="001564E9" w:rsidRPr="003D3197" w:rsidRDefault="001564E9" w:rsidP="001564E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Responsible for ensuring all</w:t>
-[...38 lines deleted...]
-          <w:p w14:paraId="7C2F1BDA" w14:textId="2CF3EBBA" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00AA418E" w:rsidP="00976301">
+              <w:t>Responsible for ensuring all packaging up to date and in line with current legislation including labelling legislation, UK, EU &amp; FDA requirements</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDA5F4E" w14:textId="77777777" w:rsidR="001564E9" w:rsidRPr="003D3197" w:rsidRDefault="001564E9" w:rsidP="001564E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Responsible for f</w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="364C6724" w14:textId="7F6C3438" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
+              <w:t>Responsible for final sign off for NPD product packaging with external suppliers to ensure adherence with Brand standards</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0086E518" w14:textId="77777777" w:rsidR="001564E9" w:rsidRPr="003D3197" w:rsidRDefault="001564E9" w:rsidP="001564E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development of SRP’s to ensure </w:t>
-[...26 lines deleted...]
-          <w:p w14:paraId="2C1DAE1D" w14:textId="7DE00B6B" w:rsidR="00976301" w:rsidRDefault="00976301" w:rsidP="00976301">
+              <w:t>Development of SRP’s to ensure shoppability, consistency across brand and stand out on shelf</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="520F6E35" w14:textId="77777777" w:rsidR="001564E9" w:rsidRPr="003D3197" w:rsidRDefault="001564E9" w:rsidP="001564E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Work </w:t>
-[...50 lines deleted...]
-          <w:p w14:paraId="7CF54D90" w14:textId="77777777" w:rsidR="00D72D18" w:rsidRPr="003D3197" w:rsidRDefault="00D72D18" w:rsidP="00D72D18">
+              <w:t xml:space="preserve">Work closely with Operations Team to ensure packaging is optimised for smooth operational running, efficiency, fit for purpose and consistent quality of output. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145BF880" w14:textId="069956E9" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Packaging Innovation </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69AD826C" w14:textId="77777777" w:rsidR="00D72D18" w:rsidRPr="00026D4B" w:rsidRDefault="00D72D18" w:rsidP="00026D4B">
-[...234 lines deleted...]
-          <w:p w14:paraId="0C6898D9" w14:textId="77777777" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
+          <w:p w14:paraId="275902AB" w14:textId="5CC99073" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Project manage </w:t>
+            </w:r>
+            <w:r w:rsidR="0003099B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E05315">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ackaging</w:t>
+            </w:r>
+            <w:r w:rsidR="00E05315">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aspect of any NPD or EPD projects</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from concept to launch </w:t>
+            </w:r>
+            <w:r w:rsidR="00245CB9" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>delivering</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projects on time</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8598B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on budget.  These will include: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CC82E7E" w14:textId="7FA1C665" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Working closely with</w:t>
+            </w:r>
+            <w:r w:rsidR="00245CB9" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Op</w:t>
+            </w:r>
+            <w:r w:rsidR="00245CB9" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>erations Team</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to</w:t>
+            </w:r>
+            <w:r w:rsidR="00245CB9" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ensure packaging is optimised for efficiency, product, cost and customer</w:t>
+            </w:r>
+            <w:r w:rsidR="00031D49" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46AC5F7B" w14:textId="2C6320FF" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00031D49" w:rsidP="00976301">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00976301" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">orking with Group Procurement and Group Responsible Business team </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to identify, scope and deliver sustainable </w:t>
+            </w:r>
+            <w:r w:rsidR="00F52CD9" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and affordable </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">packaging </w:t>
+            </w:r>
+            <w:r w:rsidR="006821AE" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>initiatives</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A1A7BB9" w14:textId="2D72BB88" w:rsidR="00194FF3" w:rsidRPr="003D3197" w:rsidRDefault="00031D49" w:rsidP="00587A82">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="1440"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Wo</w:t>
+            </w:r>
+            <w:r w:rsidR="00976301" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rking with Sales team and Group Procurement to identify </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">new </w:t>
+            </w:r>
+            <w:r w:rsidR="00976301" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">packaging formats to deliver channel strategy </w:t>
+            </w:r>
+            <w:r w:rsidR="00194FF3" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>whilst meeting all critical path and delivery timescales.</w:t>
+            </w:r>
+            <w:r w:rsidR="00976301" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD37AE4" w14:textId="737FEAAE" w:rsidR="00976301" w:rsidRPr="006464A3" w:rsidRDefault="000453B9" w:rsidP="006464A3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="1440"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Review and evaluate current packaging designs to ensure continuous improvements/developments.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6898D9" w14:textId="77777777" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Support the team: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10190DC5" w14:textId="4F414366" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
+          <w:p w14:paraId="2C31F8F0" w14:textId="7437D258" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="180"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Co-ordination, </w:t>
-[...5 lines deleted...]
-              <w:t>communication,</w:t>
+              <w:t xml:space="preserve">Support commercial </w:t>
+            </w:r>
+            <w:r w:rsidR="00233632" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and operational </w:t>
             </w:r>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and influence with other departments to educate on the process, strategy, </w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="2C31F8F0" w14:textId="5CAF29FC" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00976301">
+              <w:t xml:space="preserve">functions to resolve packaging </w:t>
+            </w:r>
+            <w:r w:rsidR="00A145EC" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>challenges</w:t>
+            </w:r>
+            <w:r w:rsidR="00C072EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1427D5C6" w14:textId="5E03656C" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00233632" w:rsidP="00ED5890">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="180"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Support commercial </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">and operational </w:t>
+              <w:t>Attendance at i</w:t>
+            </w:r>
+            <w:r w:rsidR="00976301" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>nternal meetings</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">functions to resolve packaging </w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="3FDFB960" w14:textId="77777777" w:rsidR="00233632" w:rsidRPr="003D3197" w:rsidRDefault="00233632" w:rsidP="00ED5890">
+              <w:t xml:space="preserve"> with </w:t>
+            </w:r>
+            <w:r w:rsidR="00976301" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Technical, Operational and Commercial</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> teams as</w:t>
+            </w:r>
+            <w:r w:rsidR="00976301" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required</w:t>
+            </w:r>
+            <w:r w:rsidR="0043055B" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, e.g morning meeting &amp; pre-launch </w:t>
+            </w:r>
+            <w:r w:rsidR="004C488E" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>meetings.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04A58C0A" w14:textId="77777777" w:rsidR="006464A3" w:rsidRPr="003D3197" w:rsidRDefault="006464A3" w:rsidP="006464A3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="180"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Providing excellent customer service to all stakeholders at all times (both internal and external)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="759BCDE7" w14:textId="651E4FF1" w:rsidR="000704EC" w:rsidRPr="003D3197" w:rsidRDefault="000704EC" w:rsidP="00ED5890">
+              <w:t>Complete and supply data packaging data requests including Valpak, Supplier third party, EPR, Packaging Waste Regulations ensuring all deadlines are met.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C1DB0A6" w14:textId="77777777" w:rsidR="00233632" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00233632">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="180"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Complete and supply data packaging data requests including Valpak, Supplier third party, EPR, Pack</w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="1427D5C6" w14:textId="5E03656C" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00233632" w:rsidP="00ED5890">
+              <w:t>Leveraging innovation from Suppliers, Academia, Innovators etc. in furthering business knowledge</w:t>
+            </w:r>
+            <w:r w:rsidR="00233632" w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BDB0614" w14:textId="77777777" w:rsidR="0043055B" w:rsidRPr="00E01A13" w:rsidRDefault="00233632" w:rsidP="00626CC8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="180"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Attendance at i</w:t>
-[...44 lines deleted...]
-          <w:p w14:paraId="5C1DB0A6" w14:textId="77777777" w:rsidR="00233632" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="00233632">
+              <w:t>Monitor current and future trends in packaging/packaging manufacturing technology/machinery to ensure business is at the forefront in technology.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58E066BE" w14:textId="77777777" w:rsidR="00E01A13" w:rsidRPr="003D3197" w:rsidRDefault="00E01A13" w:rsidP="00E01A13">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="180"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Leveraging innovation from Suppliers, Academia, Innovators etc. in furthering business knowledge</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="64EC8DEC" w14:textId="77777777" w:rsidR="0043055B" w:rsidRPr="003D3197" w:rsidRDefault="00233632" w:rsidP="0043055B">
+              <w:t>Providing excellent customer service to all stakeholders at all times (both internal and external)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B9279E" w14:textId="77777777" w:rsidR="00C072EE" w:rsidRDefault="00C072EE" w:rsidP="00C072EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="180"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Monitor current and future trends in packaging/packaging manufacturing technology/machinery to ensure business is at the forefront in technology.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="43F75E06" w14:textId="1317E594" w:rsidR="0043055B" w:rsidRPr="0043055B" w:rsidRDefault="007C71A6" w:rsidP="0043055B">
+              <w:t xml:space="preserve">Co-ordination, communication, and influence with other departments to educate on the process, strategy, sustainability, performance &amp; importance of Packaging </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="164C0372" w14:textId="77777777" w:rsidR="006464A3" w:rsidRPr="003D3197" w:rsidRDefault="006464A3" w:rsidP="006464A3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Commercial</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D2CD7CB" w14:textId="77777777" w:rsidR="006464A3" w:rsidRPr="003D3197" w:rsidRDefault="006464A3" w:rsidP="006464A3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Working with Group Procurement and Finance teams to deliver savings on packaging spend.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C5F8D78" w14:textId="77777777" w:rsidR="006464A3" w:rsidRPr="003D3197" w:rsidRDefault="006464A3" w:rsidP="006464A3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3197">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Ensuring Packaging Budget is tracked, updated and all targets met.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B39453F" w14:textId="77777777" w:rsidR="006464A3" w:rsidRDefault="006464A3" w:rsidP="006464A3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="180"/>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...11 lines deleted...]
-              <w:t>brand strategy and NPD</w:t>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Develop and present business cases for packaging innovation projects including costings, timelines and key business benefits, which are approved and tracked post launch.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43F75E06" w14:textId="01462655" w:rsidR="006464A3" w:rsidRPr="006464A3" w:rsidRDefault="006464A3" w:rsidP="006464A3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4536"/>
+                <w:tab w:val="right" w:pos="9072"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006464A3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>PIP – identify, implement and deliver packaging profit improvement plans</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00952B92" w:rsidRPr="008B3B59" w14:paraId="59C8D32B" w14:textId="77777777" w:rsidTr="59B33E60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="988445"/>
           </w:tcPr>
           <w:p w14:paraId="18002CF1" w14:textId="77777777" w:rsidR="00952B92" w:rsidRPr="008B3B59" w:rsidRDefault="003221B0" w:rsidP="00B51ECE">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B3B59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -2167,249 +2064,147 @@
               <w:t>Essential</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="377C731E" w14:textId="77777777" w:rsidR="00976301" w:rsidRDefault="00976301" w:rsidP="00976301">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40F8C7B8" w14:textId="639A3923" w:rsidR="00976301" w:rsidRDefault="00976301" w:rsidP="000453B9">
+          <w:p w14:paraId="40F8C7B8" w14:textId="590200EA" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="000453B9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Strong knowledge and understanding of key packaging materials i.e</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0004267C">
+              <w:t xml:space="preserve">Strong knowledge and understanding of key packaging materials i.e. </w:t>
+            </w:r>
+            <w:r w:rsidR="001B7712" w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>. OPP</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004D10C7">
+              <w:t xml:space="preserve">opp film, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> &amp; metalised </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001B7712" w:rsidRPr="003D3197">
+              <w:t xml:space="preserve">flexibles, carton-board, corrugated </w:t>
+            </w:r>
+            <w:r w:rsidR="00787545" w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">film, </w:t>
+              <w:t>board.</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">carton-board, corrugated </w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="6C38717D" w14:textId="7A083C28" w:rsidR="00C33A13" w:rsidRPr="003D3197" w:rsidRDefault="00C33A13" w:rsidP="000453B9">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2312B98F" w14:textId="423D5F67" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="000453B9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">Strong </w:t>
-[...32 lines deleted...]
-          <w:p w14:paraId="2312B98F" w14:textId="275411CA" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00B07398" w:rsidP="000453B9">
+              <w:t>Strong knowledge of print processes (Gravure, flexo, litho)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20656304" w14:textId="234FD2F9" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="000453B9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Good understanding</w:t>
-[...59 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve">Proven and relevant Project Management experience </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C944F8A" w14:textId="1CAF3641" w:rsidR="00976301" w:rsidRPr="003D3197" w:rsidRDefault="00976301" w:rsidP="000453B9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">A highly motivated individual who possesses </w:t>
@@ -2571,51 +2366,50 @@
             <w:r w:rsidRPr="003D3197">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>A “can do” attitude and “hands on” approach.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57807993" w14:textId="1201989C" w:rsidR="00976301" w:rsidRPr="00507BCB" w:rsidRDefault="00976301" w:rsidP="00976301">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00507BCB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Desirable </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F487CB2" w14:textId="77777777" w:rsidR="00B668AC" w:rsidRPr="00787545" w:rsidRDefault="00976301" w:rsidP="000704EC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00507BCB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="222222"/>
               </w:rPr>
               <w:t xml:space="preserve">Experience in bread or cake bakery packaging expertise and experience of </w:t>
             </w:r>
             <w:r w:rsidR="00D9376B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="222222"/>
@@ -2637,50 +2431,51 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AE49F17" w14:textId="77777777" w:rsidR="00787545" w:rsidRPr="00507BCB" w:rsidRDefault="00787545" w:rsidP="00787545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00507BCB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Degree qualified or equivalent in a relevant technical discipline </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45566247" w14:textId="4DA06F45" w:rsidR="00787545" w:rsidRPr="00787545" w:rsidRDefault="00787545" w:rsidP="00787545">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00952B92" w:rsidRPr="008B3B59" w14:paraId="391E2846" w14:textId="77777777" w:rsidTr="59B33E60">
         <w:trPr>
           <w:trHeight w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="988445"/>
           </w:tcPr>
           <w:p w14:paraId="4448D4F2" w14:textId="77777777" w:rsidR="00952B92" w:rsidRPr="008B3B59" w:rsidRDefault="0083787B" w:rsidP="00B51ECE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
@@ -3366,58 +3161,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="016679C8" w14:textId="77777777" w:rsidR="00245CB9" w:rsidRPr="008B3B59" w:rsidRDefault="00245CB9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00245CB9" w:rsidRPr="008B3B59">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="360" w:footer="360" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5385FB52" w14:textId="77777777" w:rsidR="00E40E9D" w:rsidRDefault="00E40E9D">
+    <w:p w14:paraId="3090EEA1" w14:textId="77777777" w:rsidR="00F6094C" w:rsidRDefault="00F6094C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7380AA92" w14:textId="77777777" w:rsidR="00E40E9D" w:rsidRDefault="00E40E9D">
+    <w:p w14:paraId="25E3522F" w14:textId="77777777" w:rsidR="00F6094C" w:rsidRDefault="00F6094C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3518,58 +3313,58 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="50AF199E" w14:textId="77777777" w:rsidR="00952B92" w:rsidRDefault="00952B92">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="301"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="499F6C2D" w14:textId="77777777" w:rsidR="00E40E9D" w:rsidRDefault="00E40E9D">
+    <w:p w14:paraId="4FF6D004" w14:textId="77777777" w:rsidR="00F6094C" w:rsidRDefault="00F6094C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71088BD2" w14:textId="77777777" w:rsidR="00E40E9D" w:rsidRDefault="00E40E9D">
+    <w:p w14:paraId="1FDEB4FB" w14:textId="77777777" w:rsidR="00F6094C" w:rsidRDefault="00F6094C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10663B20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="102CE95A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3826,163 +3621,50 @@
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="124F1F1C"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23390CCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7247E72"/>
     <w:lvl w:ilvl="0" w:tplc="56B27BEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A2A05A5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4051,51 +3733,51 @@
     <w:lvl w:ilvl="7" w:tplc="C26421A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9F6ED5F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EA47B14"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FC5040D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4200,51 +3882,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3020725E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89864C2A"/>
     <w:lvl w:ilvl="0" w:tplc="3D2AF1AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A4F26354">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4313,51 +3995,51 @@
     <w:lvl w:ilvl="7" w:tplc="AAC60964">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AE6A968A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBF217E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33AEFC24"/>
     <w:lvl w:ilvl="0" w:tplc="A366F81A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BDF265FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4426,51 +4108,51 @@
     <w:lvl w:ilvl="7" w:tplc="676C22EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="279A8D5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61E304A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55D4FA68"/>
     <w:lvl w:ilvl="0" w:tplc="85D4B020">
       <w:start w:val="100"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4539,51 +4221,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="669649A8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2AC5F1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4688,51 +4370,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="691052CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="281AC776"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4801,51 +4483,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D6A47A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DFB23FAC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4917,51 +4599,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76002411"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9CB2C104"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5066,51 +4748,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79FD315E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E1CD31E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5180,239 +4862,273 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1250578597">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="985473008">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="985473008">
+  <w:num w:numId="3" w16cid:durableId="621424254">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="736822261">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2086222689">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1035933978">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="621424254">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="736822261">
+  <w:num w:numId="7" w16cid:durableId="543980549">
     <w:abstractNumId w:val="9"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1358500812">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="562252760">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="470951697">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1910994158">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2125493925">
-    <w:abstractNumId w:val="4"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00952B92"/>
     <w:rsid w:val="00015EE7"/>
     <w:rsid w:val="00020280"/>
-    <w:rsid w:val="00026D4B"/>
+    <w:rsid w:val="0003099B"/>
     <w:rsid w:val="00031D49"/>
-    <w:rsid w:val="0004064F"/>
-    <w:rsid w:val="0004267C"/>
     <w:rsid w:val="000453B9"/>
     <w:rsid w:val="000704EC"/>
     <w:rsid w:val="00090403"/>
     <w:rsid w:val="000D45F1"/>
+    <w:rsid w:val="000F66A2"/>
     <w:rsid w:val="00147C63"/>
+    <w:rsid w:val="001564E9"/>
     <w:rsid w:val="00194FF3"/>
+    <w:rsid w:val="001A7598"/>
     <w:rsid w:val="001B7712"/>
     <w:rsid w:val="001C1BFA"/>
-    <w:rsid w:val="00202C85"/>
+    <w:rsid w:val="0020309D"/>
     <w:rsid w:val="00233632"/>
     <w:rsid w:val="0023701B"/>
+    <w:rsid w:val="00244C26"/>
     <w:rsid w:val="00245CB9"/>
     <w:rsid w:val="00247CD4"/>
     <w:rsid w:val="00262D56"/>
+    <w:rsid w:val="0027108C"/>
     <w:rsid w:val="002860D0"/>
     <w:rsid w:val="002A2332"/>
     <w:rsid w:val="002A3BA2"/>
     <w:rsid w:val="002B4AC6"/>
     <w:rsid w:val="00302928"/>
     <w:rsid w:val="003042FA"/>
     <w:rsid w:val="00312B55"/>
     <w:rsid w:val="003168DA"/>
     <w:rsid w:val="0032000A"/>
     <w:rsid w:val="0032144B"/>
     <w:rsid w:val="003221B0"/>
     <w:rsid w:val="003462FE"/>
+    <w:rsid w:val="00381186"/>
+    <w:rsid w:val="003A4FCF"/>
+    <w:rsid w:val="003B3CB4"/>
     <w:rsid w:val="003D3197"/>
+    <w:rsid w:val="003D4CB6"/>
+    <w:rsid w:val="00406A34"/>
     <w:rsid w:val="0043055B"/>
+    <w:rsid w:val="004321E7"/>
     <w:rsid w:val="004509D4"/>
     <w:rsid w:val="00496895"/>
+    <w:rsid w:val="004A4D5D"/>
     <w:rsid w:val="004C488E"/>
-    <w:rsid w:val="004D10C7"/>
-    <w:rsid w:val="004F6F65"/>
+    <w:rsid w:val="004F09E2"/>
     <w:rsid w:val="00500B66"/>
     <w:rsid w:val="00506CC5"/>
     <w:rsid w:val="00507BCB"/>
+    <w:rsid w:val="005100FD"/>
     <w:rsid w:val="00534082"/>
+    <w:rsid w:val="00550C2A"/>
     <w:rsid w:val="00567D84"/>
     <w:rsid w:val="00583145"/>
+    <w:rsid w:val="00583BB0"/>
     <w:rsid w:val="00597D6B"/>
     <w:rsid w:val="005A3584"/>
     <w:rsid w:val="005B2C42"/>
+    <w:rsid w:val="005C1D43"/>
     <w:rsid w:val="005C3BE5"/>
     <w:rsid w:val="005D2276"/>
     <w:rsid w:val="00601776"/>
-    <w:rsid w:val="00633EA1"/>
+    <w:rsid w:val="00607E11"/>
+    <w:rsid w:val="00614DFD"/>
+    <w:rsid w:val="00626CC8"/>
+    <w:rsid w:val="0062700E"/>
+    <w:rsid w:val="006464A3"/>
     <w:rsid w:val="006821AE"/>
     <w:rsid w:val="00686C65"/>
     <w:rsid w:val="006A222E"/>
+    <w:rsid w:val="006C26F0"/>
+    <w:rsid w:val="006C29EE"/>
+    <w:rsid w:val="006C7658"/>
+    <w:rsid w:val="007074D7"/>
+    <w:rsid w:val="0072675D"/>
+    <w:rsid w:val="007345A2"/>
     <w:rsid w:val="00750116"/>
     <w:rsid w:val="00787545"/>
     <w:rsid w:val="007B7D7B"/>
     <w:rsid w:val="007C17BF"/>
+    <w:rsid w:val="007C36A2"/>
     <w:rsid w:val="007C6F24"/>
     <w:rsid w:val="007C71A6"/>
     <w:rsid w:val="00807480"/>
     <w:rsid w:val="0083787B"/>
     <w:rsid w:val="00841D3B"/>
-    <w:rsid w:val="00856BD8"/>
     <w:rsid w:val="00857B5D"/>
+    <w:rsid w:val="008727AE"/>
     <w:rsid w:val="008801C5"/>
+    <w:rsid w:val="008A15CD"/>
     <w:rsid w:val="008B3B59"/>
-    <w:rsid w:val="008C7909"/>
     <w:rsid w:val="008F40F9"/>
     <w:rsid w:val="009167B9"/>
-    <w:rsid w:val="00952810"/>
     <w:rsid w:val="00952B92"/>
+    <w:rsid w:val="009675C5"/>
     <w:rsid w:val="00973917"/>
     <w:rsid w:val="00976301"/>
     <w:rsid w:val="00A145EC"/>
+    <w:rsid w:val="00A274DD"/>
     <w:rsid w:val="00A376C9"/>
+    <w:rsid w:val="00A47FAC"/>
     <w:rsid w:val="00AA05B5"/>
     <w:rsid w:val="00AA418E"/>
+    <w:rsid w:val="00AC45E5"/>
     <w:rsid w:val="00AD63ED"/>
     <w:rsid w:val="00AE2E18"/>
-    <w:rsid w:val="00B07398"/>
+    <w:rsid w:val="00B21308"/>
+    <w:rsid w:val="00B36631"/>
     <w:rsid w:val="00B51ECE"/>
     <w:rsid w:val="00B54FA1"/>
     <w:rsid w:val="00B668AC"/>
+    <w:rsid w:val="00B8069C"/>
     <w:rsid w:val="00B86BD9"/>
     <w:rsid w:val="00BA5F8E"/>
     <w:rsid w:val="00BB1310"/>
-    <w:rsid w:val="00BD1FC8"/>
     <w:rsid w:val="00BE4B70"/>
     <w:rsid w:val="00BF3F3B"/>
+    <w:rsid w:val="00C02BC4"/>
     <w:rsid w:val="00C02E0C"/>
+    <w:rsid w:val="00C072EE"/>
     <w:rsid w:val="00C32375"/>
-    <w:rsid w:val="00C33A13"/>
     <w:rsid w:val="00C45EF8"/>
     <w:rsid w:val="00C54885"/>
     <w:rsid w:val="00C77E64"/>
+    <w:rsid w:val="00C8598B"/>
     <w:rsid w:val="00CC61B2"/>
-    <w:rsid w:val="00CD73B4"/>
     <w:rsid w:val="00CF111A"/>
     <w:rsid w:val="00CF50C0"/>
-    <w:rsid w:val="00D01CF1"/>
+    <w:rsid w:val="00CF64BE"/>
     <w:rsid w:val="00D15DF2"/>
     <w:rsid w:val="00D25A13"/>
     <w:rsid w:val="00D5037A"/>
+    <w:rsid w:val="00D51615"/>
     <w:rsid w:val="00D65161"/>
-    <w:rsid w:val="00D72D18"/>
     <w:rsid w:val="00D760E8"/>
     <w:rsid w:val="00D9376B"/>
     <w:rsid w:val="00DC2C85"/>
     <w:rsid w:val="00DD6A01"/>
+    <w:rsid w:val="00DE63F4"/>
+    <w:rsid w:val="00DF3BE4"/>
+    <w:rsid w:val="00E01A13"/>
+    <w:rsid w:val="00E05315"/>
     <w:rsid w:val="00E1428D"/>
+    <w:rsid w:val="00E243AE"/>
     <w:rsid w:val="00E32A8E"/>
-    <w:rsid w:val="00E40E9D"/>
+    <w:rsid w:val="00E6115D"/>
     <w:rsid w:val="00E93627"/>
-    <w:rsid w:val="00EA302C"/>
+    <w:rsid w:val="00EA3D25"/>
     <w:rsid w:val="00EC5F49"/>
     <w:rsid w:val="00ED78A1"/>
     <w:rsid w:val="00EE2B26"/>
     <w:rsid w:val="00F310DA"/>
+    <w:rsid w:val="00F35D22"/>
     <w:rsid w:val="00F5064A"/>
     <w:rsid w:val="00F52CD9"/>
+    <w:rsid w:val="00F6094C"/>
     <w:rsid w:val="00F749BB"/>
     <w:rsid w:val="00F97A2B"/>
+    <w:rsid w:val="00FF0969"/>
     <w:rsid w:val="00FF520C"/>
     <w:rsid w:val="59B33E60"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6675,174 +6391,152 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E8F4362126C8AF41AE5DCC2732B0D627" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="480c5ef777c7bfa28a5c4dcad90eaac6">
-[...2 lines deleted...]
-    <xsd:import namespace="fbf90564-f1e3-479c-9772-3828b7827a76"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100047EFD1B4B69704DB0447D6960CAEA3F" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5a0dbc2e7c4e29d02eee3f12fe2524f1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7785208d-a948-454f-94a4-6375c1a706bf" xmlns:ns3="053471ab-0eec-4cce-b9c3-47e5983487a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3fea1a83c9623f6bfcbd60a3a71968f" ns2:_="" ns3:_="">
+    <xsd:import namespace="7785208d-a948-454f-94a4-6375c1a706bf"/>
+    <xsd:import namespace="053471ab-0eec-4cce-b9c3-47e5983487a2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:DisplayinManagersToolkit" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="191e9dd6-fe10-46cc-93fd-f66ae3189039" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7785208d-a948-454f-94a4-6375c1a706bf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="af86d954-70b9-49df-92da-be1005188848" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="13" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
-[...28 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbf90564-f1e3-479c-9772-3828b7827a76" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="053471ab-0eec-4cce-b9c3-47e5983487a2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{5e469a74-6131-47d9-82fe-11f186f60315}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="053471ab-0eec-4cce-b9c3-47e5983487a2">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...7 lines deleted...]
-              </xsd:element>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...5 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -6900,150 +6594,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <SharedWithUsers xmlns="fbf90564-f1e3-479c-9772-3828b7827a76">
-[...6 lines deleted...]
-    <DisplayinManagersToolkit xmlns="191e9dd6-fe10-46cc-93fd-f66ae3189039">No</DisplayinManagersToolkit>
+    <TaxCatchAll xmlns="053471ab-0eec-4cce-b9c3-47e5983487a2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7785208d-a948-454f-94a4-6375c1a706bf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6056EB2C-ED67-45FE-BF06-5E23EE933A25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{866E0127-8A71-4963-B191-29AD7ED7C42A}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45605869-9258-4E7A-9E6F-67BD0FEB92F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="191e9dd6-fe10-46cc-93fd-f66ae3189039"/>
-    <ds:schemaRef ds:uri="fbf90564-f1e3-479c-9772-3828b7827a76"/>
+    <ds:schemaRef ds:uri="7785208d-a948-454f-94a4-6375c1a706bf"/>
+    <ds:schemaRef ds:uri="053471ab-0eec-4cce-b9c3-47e5983487a2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B94F17C1-5509-4210-9224-D5CE44AF0ADA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="fbf90564-f1e3-479c-9772-3828b7827a76"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="053471ab-0eec-4cce-b9c3-47e5983487a2"/>
+    <ds:schemaRef ds:uri="7785208d-a948-454f-94a4-6375c1a706bf"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1011</Words>
-  <Characters>5997</Characters>
+  <Words>1058</Words>
+  <Characters>6032</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>139</Lines>
-  <Paragraphs>103</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Samworth Brothers</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6905</CharactersWithSpaces>
+  <CharactersWithSpaces>7076</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Joanne Werth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100E8F4362126C8AF41AE5DCC2732B0D627</vt:lpwstr>
+    <vt:lpwstr>0x010100047EFD1B4B69704DB0447D6960CAEA3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>3401100</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="SharedWithUsers">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>